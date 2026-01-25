--- v0 (2025-12-06)
+++ v1 (2026-01-25)
@@ -1049,1103 +1049,1227 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="454768458"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="RGV-berschrift"/>
           </w:pPr>
           <w:r>
             <w:t>Inhaltsverzeichnis</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="660"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Verzeichnissprung"/>
             </w:rPr>
             <w:instrText>TOC \f \o "1-9" \h</w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Verzeichnissprung"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc178624389">
-[...2 lines deleted...]
-                <w:rStyle w:val="Verzeichnissprung"/>
+          <w:hyperlink w:anchor="_Toc215765381" w:history="1">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Verzeichnissprung"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Praktikumsbericht</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
-[...10 lines deleted...]
-                <w:webHidden/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215765381 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Verzeichnissprung"/>
-[...7 lines deleted...]
-              <w:tab/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1100"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc178624390">
-[...2 lines deleted...]
-                <w:rStyle w:val="Verzeichnissprung"/>
+          <w:hyperlink w:anchor="_Toc215765382" w:history="1">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Verzeichnissprung"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Belehrung über das Verhalten in der Einrichtung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
-[...10 lines deleted...]
-                <w:webHidden/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215765382 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Verzeichnissprung"/>
-[...7 lines deleted...]
-              <w:tab/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc178624391">
-[...2 lines deleted...]
-                <w:webHidden/>
+          <w:hyperlink w:anchor="_Toc215765383" w:history="1">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>1.2 Hinweise zur Gestaltung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
-[...10 lines deleted...]
-                <w:webHidden/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215765383 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Verzeichnissprung"/>
-[...7 lines deleted...]
-              <w:tab/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc178624392">
-[...2 lines deleted...]
-                <w:webHidden/>
+          <w:hyperlink w:anchor="_Toc215765384" w:history="1">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>1.3 Bewertungskriterien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
-[...10 lines deleted...]
-                <w:webHidden/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215765384 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Verzeichnissprung"/>
-[...7 lines deleted...]
-              <w:tab/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc178624393">
-[...2 lines deleted...]
-                <w:webHidden/>
+          <w:hyperlink w:anchor="_Toc215765385" w:history="1">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>1.4 Inhaltliche Darlegungen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
-[...10 lines deleted...]
-                <w:webHidden/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215765385 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Verzeichnissprung"/>
-[...7 lines deleted...]
-              <w:tab/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc178624394">
-[...2 lines deleted...]
-                <w:webHidden/>
+          <w:hyperlink w:anchor="_Toc215765386" w:history="1">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2. Sicher durch das Betriebspraktikum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
-[...10 lines deleted...]
-                <w:webHidden/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215765386 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Verzeichnissprung"/>
-[...7 lines deleted...]
-              <w:tab/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc178624395">
-[...2 lines deleted...]
-                <w:webHidden/>
+          <w:hyperlink w:anchor="_Toc215765387" w:history="1">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2.1 Sicherheitsbestimmungen im Betrieb</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
-[...10 lines deleted...]
-                <w:webHidden/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215765387 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Verzeichnissprung"/>
-[...7 lines deleted...]
-              <w:tab/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc178624396">
-[...2 lines deleted...]
-                <w:webHidden/>
+          <w:hyperlink w:anchor="_Toc215765388" w:history="1">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2.2 Sicherheitszeichen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
-[...10 lines deleted...]
-                <w:webHidden/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215765388 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Verzeichnissprung"/>
-[...7 lines deleted...]
-              <w:tab/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc178624397">
-[...2 lines deleted...]
-                <w:webHidden/>
+          <w:hyperlink w:anchor="_Toc215765389" w:history="1">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>3. Überlegungen vor dem Praktikum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
-[...10 lines deleted...]
-                <w:webHidden/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215765389 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Verzeichnissprung"/>
-[...7 lines deleted...]
-              <w:tab/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc178624398">
-[...2 lines deleted...]
-                <w:webHidden/>
+          <w:hyperlink w:anchor="_Toc215765390" w:history="1">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>3.1 Arbeitsplatzanalyse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
-[...10 lines deleted...]
-                <w:webHidden/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215765390 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Verzeichnissprung"/>
-[...7 lines deleted...]
-              <w:tab/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc178624399">
-[...2 lines deleted...]
-                <w:webHidden/>
+          <w:hyperlink w:anchor="_Toc215765391" w:history="1">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>3.2 Interview</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
-[...10 lines deleted...]
-                <w:webHidden/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215765391 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Verzeichnissprung"/>
-[...7 lines deleted...]
-              <w:tab/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc178624400">
-[...2 lines deleted...]
-                <w:webHidden/>
+          <w:hyperlink w:anchor="_Toc215765392" w:history="1">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>4. Mein Praktikumsbetrieb</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
-[...10 lines deleted...]
-                <w:webHidden/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215765392 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Verzeichnissprung"/>
-[...7 lines deleted...]
-              <w:tab/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc178624401">
-[...2 lines deleted...]
-                <w:webHidden/>
+          <w:hyperlink w:anchor="_Toc215765393" w:history="1">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>4.1 Tätigkeitsprotokoll</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
-[...10 lines deleted...]
-                <w:webHidden/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215765393 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Verzeichnissprung"/>
-[...7 lines deleted...]
-              <w:tab/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc178624402">
-[...2 lines deleted...]
-                <w:webHidden/>
+          <w:hyperlink w:anchor="_Toc215765394" w:history="1">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>4.2 Mein typischer Arbeitsalltag während des Praktikums</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
-[...10 lines deleted...]
-                <w:webHidden/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215765394 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Verzeichnissprung"/>
-[...7 lines deleted...]
-              <w:tab/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc178624403">
-[...2 lines deleted...]
-                <w:webHidden/>
+          <w:hyperlink w:anchor="_Toc215765395" w:history="1">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>5. Meine Sicht auf das Praktikum – Abschließende Überlegungen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
-[...10 lines deleted...]
-                <w:webHidden/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215765395 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Verzeichnissprung"/>
-[...7 lines deleted...]
-              <w:tab/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc178624404">
-[...2 lines deleted...]
-                <w:rStyle w:val="Verzeichnissprung"/>
+          <w:hyperlink w:anchor="_Toc215765396" w:history="1">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>6. Praktikumsbeurteilung</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
-[...10 lines deleted...]
-                <w:webHidden/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215765396 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Verzeichnissprung"/>
-[...1 lines deleted...]
-              <w:tab/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="660"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc178624405">
-[...2 lines deleted...]
-                <w:rStyle w:val="Verzeichnissprung"/>
+          <w:hyperlink w:anchor="_Toc215765397" w:history="1">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Verzeichnissprung"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Foto- und Videoerlaubnis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
-[...10 lines deleted...]
-                <w:webHidden/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215765397 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Verzeichnissprung"/>
-[...7 lines deleted...]
-              <w:tab/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:webHidden/>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Verzeichnis1"/>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -2334,84 +2458,84 @@
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc178624389"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc215765381"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Praktikumsbericht</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc178624390"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc215765382"/>
       <w:r>
         <w:t>Belehrung über das Verhalten in der Einrichtung</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
@@ -3128,55 +3252,55 @@
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">            verwirklichen und. vergiss auch nicht, Dich beim Praktikumsbetrieb zu bedanken.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc178624391"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc215765383"/>
       <w:r>
         <w:t>1.2 Hinweise zur Gestaltung</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:spacing w:before="238" w:beforeAutospacing="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Für die Erstellung deiner Mappe verwendest du ein Textverarbeitungsprogramm wie z. B. Word (Microsoft Office) oder Writer von Open Office (gibt es kostenlos im Internet als Download). Hier gelten folgende Vorgaben:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Schriftart: gut lesbar, z.B. Arial, Times New Roman</w:t>
@@ -3217,55 +3341,55 @@
         </w:numPr>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Seitenränder: 2,5 cm (oben/unten), 2cm (rechts/links)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Seitenzahlen: unten</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc178624392"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc215765384"/>
       <w:r>
         <w:t>1.3 Bewertungskriterien</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:spacing w:before="119" w:beforeAutospacing="0" w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Folgendes muss enthalten sein:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:spacing w:before="119" w:beforeAutospacing="0" w:after="0"/>
       </w:pPr>
     </w:p>
@@ -3506,55 +3630,55 @@
           <w:formProt w:val="0"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="119"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc178624393"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc215765385"/>
       <w:r>
         <w:t>1.4 Inhaltliche Darlegungen</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15974" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:top w:w="85" w:type="dxa"/>
           <w:bottom w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8458"/>
         <w:gridCol w:w="5372"/>
         <w:gridCol w:w="2144"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -5287,85 +5411,85 @@
           <w:formProt w:val="0"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc178624394"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc215765386"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2. Sicher durch das Betriebspraktikum</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc178624395"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc215765387"/>
       <w:r>
         <w:t>2.1 Sicherheitsbestimmungen im Betrieb</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:u w:val="single"/>
@@ -5624,55 +5748,55 @@
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:spacing w:before="280" w:after="119" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc178624396"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc215765388"/>
       <w:r>
         <w:t>2.2 Sicherheitszeichen</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:spacing w:before="280" w:after="119" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Umrahme </w:t>
       </w:r>
       <w:r>
         <w:t>alle Schilder, die dir während des Praktikums im Betrieb begegnet sind.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
@@ -5875,59 +5999,59 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="_Toc178624397"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc215765389"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3. Überlegungen vor dem Praktikum</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:spacing w:before="280" w:after="119" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Wo stehe ich derzeit bei meiner Berufs- oder Studienwahl? </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Kreuze an</w:t>
       </w:r>
@@ -6230,81 +6354,81 @@
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Wenn ich an das Praktikum denke, habe ich folgende Hoffnungen/Erwartungen:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:spacing w:before="280" w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="_Hlk34742485"/>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk34742485"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:spacing w:before="238" w:beforeAutospacing="0" w:after="238" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Das interessiert mich im Praktikum besonders:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:spacing w:before="280" w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Hlk34737432"/>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk34737432"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t>________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6416,55 +6540,55 @@
         <w:pStyle w:val="Textkrper"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc178624398"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc215765390"/>
       <w:r>
         <w:t>3.1 Arbeitsplatzanalyse</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Genaue Berufsbezeichnung: ______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6854,60 +6978,60 @@
                         <w:pStyle w:val="Rahmeninhalt"/>
                         <w:jc w:val="right"/>
                         <w:rPr/>
                       </w:pPr>
                       <w:r>
                         <w:rPr/>
                         <w:t>/ 4BE</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc178624399"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc215765391"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>3.2 Interview</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Suche </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">dir einen Gesprächspartner/ eine Gesprächspartnerin, der/ die bereit ist, deine Fragen zu beantworten. </w:t>
@@ -7393,69 +7517,69 @@
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc178624400"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc215765392"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4. Mein Praktikumsbetrieb</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc178624401"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc215765393"/>
       <w:r>
         <w:t>4.1 Tätigkeitsprotokoll</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Beschreibe</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> stichpunktartig deine täglichen Arbeitstätigkeiten während des Praktikums.</w:t>
       </w:r>
@@ -8106,55 +8230,55 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc178624402"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc215765394"/>
       <w:r>
         <w:t>4.2 Mein typischer Arbeitsalltag während des Praktikums</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:spacing w:before="280" w:after="62" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Berichte </w:t>
       </w:r>
       <w:r>
@@ -8524,60 +8648,60 @@
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc178624403"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc215765395"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>5. Meine Sicht auf das Praktikum – Abschließende Überlegungen</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Streiche </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">nicht Zutreffendes </w:t>
@@ -8965,58 +9089,58 @@
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc178624404"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc215765396"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>6. Praktikumsbeurteilung</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="2124" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="44546A" w:themeColor="text2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9144,52 +9268,50 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">hat in der Zeit vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:b/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>08.12. bis zum 19.12.2025</w:t>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> in unserem Unternehmen ein Betriebspraktikum absolviert.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:eastAsia="zh-CN"/>
@@ -10701,51 +10823,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc178624405"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc215765397"/>
       <w:r>
         <w:t>Foto- und Videoerlaubnis</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
@@ -11037,116 +11159,115 @@
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
-    <w:charset w:val="00"/>
-[...2 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2141294726"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p>
         <w:pPr>
           <w:pStyle w:val="Fuzeile"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <mc:AlternateContent>
             <mc:Choice Requires="wps">
@@ -15351,50 +15472,51 @@
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="90"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -16192,50 +16314,60 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.arbeitsagentur.de/berufenet/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/></Relationships>
@@ -16532,50 +16664,51 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Merian-Schule</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>09K01</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>24523</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Merian-Schule</dc:title>
   <dc:subject/>
   <dc:creator>CidS! Berlin</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>de-DE</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>16.0000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Company">
     <vt:lpwstr>09K01</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="DocSecurity">
     <vt:i4>0</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="HyperlinksChanged">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="LinksUpToDate">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ScaleCrop">
     <vt:bool>false</vt:bool>