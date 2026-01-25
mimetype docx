--- v0 (2025-12-06)
+++ v1 (2026-01-25)
@@ -211,91 +211,95 @@
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p>
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                               </w:rPr>
-                              <w:t>45</w:t>
+                              <w:t>55</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
               <v:shape id="Textfeld 12" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:294.95pt;margin-top:577.95pt;width:22.7pt;height:23.25pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdcNRnRQIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X524SZsGdYosRYcB&#10;RVugHXpWZKkxIIuapMTufv2e5KRf22nYRaHI5yfykcz5Rd8atlM+NGQrPj4acaaspLqxTxX/8XD1&#10;ZcZZiMLWwpBVFX9WgV8sPn8679xclbQhUyvPQGLDvHMV38To5kUR5Ea1IhyRUxZBTb4VEVf/VNRe&#10;dGBvTVGORidFR752nqQKAd7LIcgXmV9rJeOt1kFFZiqO3GI+fT7X6SwW52L+5IXbNHKfhviHLFrR&#10;WDz6QnUpomBb3/xB1TbSUyAdjyS1BWndSJVrQDXj0Ydq7jfCqVwLxAnuRabw/2jlze7Os6ZG70rO&#10;rGjRowfVR61MzeCCPp0Lc8DuHYCx/0o9sAd/gDOV3Wvfpl8UxBCH0s8v6oKNSTjL2ex4hnGQCJVn&#10;0/J0mliK14+dD/GbopYlo+Iezcuait11iAP0AElvBTJNfdUYky9pYNTKeLYTaLWJOUWQv0MZy7qK&#10;nxxPR5nYUvp8YDYWuaRSh5KSFft1P0hzKHdN9TNU8DTMUXDyqkGu1yLEO+ExOCgcyxBvcWhDeIv2&#10;Fmcb8r/+5k949BNRzjoMYsXDz63wijPz3aLTZ+PJJE1uvkympyUu/m1k/TZit+2KIMAYa+dkNhM+&#10;moOpPbWP2JllehUhYSXerng8mKs4rAd2TqrlMoMwq07Ea3vvZKJOgqdOPPSPwrt9uyL6fEOHkRXz&#10;D10bsOlLS8ttJN3kliadB1X38mPO81DsdzIt0tt7Rr3+cyx+AwAA//8DAFBLAwQUAAYACAAAACEA&#10;Tr2dN+MAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hIXNCWrqNjK00nhIBJ&#10;3FgHiFvWmLaicaoma8u/x5zgZvs9PX8v2062FQP2vnGkYDGPQCCVzjRUKTgUj7M1CB80Gd06QgXf&#10;6GGbn59lOjVupBcc9qESHEI+1QrqELpUSl/WaLWfuw6JtU/XWx147Stpej1yuG1lHEUraXVD/KHW&#10;Hd7XWH7tT1bBx1X1/uynp9dxmSy7h91Q3LyZQqnLi+nuFkTAKfyZ4Ref0SFnpqM7kfGiVZCsNxu2&#10;srBIEp7YsuI0EEc+xVF8DTLP5P8W+Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAHXDU&#10;Z0UCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;Tr2dN+MAAAANAQAADwAAAAAAAAAAAAAAAACfBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAK8FAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p>
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                         </w:rPr>
-                        <w:t>45</w:t>
+                        <w:t>55</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="28"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4559282</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>7397540</wp:posOffset>
@@ -472,50 +476,51 @@
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect id="Textfeld 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:-1.95pt;margin-top:137.65pt;width:162.8pt;height:41.3pt;z-index:9;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqfgMC7gEAAFAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ayLQuCOEXRorsM&#10;W7F2H6DIUiJAEgVJiZ2/H0U7brvu0mE+yJLJ90g+Ut5c9c6yk4rJgG/4fFZzpryE1vh9w3893n1Y&#10;cZay8K2w4FXDzyrxq+37d5surNUCDmBbFRmS+LTuQsMPOYd1VSV5UE6kGQTl0aghOpHxGPdVG0WH&#10;7M5Wi7peVh3ENkSQKiX8ejsY+Zb4tVYy/9A6qcxswzG3TGukdVfWarsR630U4WDkmIb4hyycMB6D&#10;TlS3Igt2jOYVlTMyQgKdZxJcBVobqagGrGZe/1HNw0EERbWgOClMMqX/Ryu/n+4jMy32jjMvHLbo&#10;UfVZK9uyRVGnC2mNTg/hPo6nhNtSaq+jK28sgvWk6HlSFCmYxI+Lern8skThJdo+Lz6uapK8ekKH&#10;mPJXBY6VTcMjdoyEFKdvKWNEdL24lGAJrGnvjLV0KFOibmxkJ4H9tXleMkbECy/rWdfw5adVTcQv&#10;bCnudxO+pudvFBGOvh2orccIRZRBBtrls1UlH+t/Ko1ikhpDgiP/MHF4JVCKy9xhngQojhoreiN2&#10;hBS0okF/I34CUXzwecI74yGSDM+qK9vc7/pxCHbQnocx8HB9zKANNat4XUykEo4tdWS8YuVePD+T&#10;lk8/gu1vAAAA//8DAFBLAwQUAAYACAAAACEAP3LiuOMAAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPTU/DMAyG70j8h8hIXNCWrtXoVppO0wSagAuUL3HLGtNWNE5psq38e8wJbrb86H0f56vRduKA&#10;g28dKZhNIxBIlTMt1Qqen24mCxA+aDK6c4QKvtHDqjg9yXVm3JEe8VCGWnAI+UwraELoMyl91aDV&#10;fup6JL59uMHqwOtQSzPoI4fbTsZRdCmtbokbGt3jpsHqs9xbLlnfPyy2L9Hr3df77YXfus3121Aq&#10;dX42rq9ABBzDHwy/+qwOBTvt3J6MF52CSbJkUkGczhMQDCTxLAWx42GeLkEWufz/QvEDAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEA6n4DAu4BAABQBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAP3LiuOMAAAAKAQAADwAAAAAAAAAAAAAAAABIBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFgFAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".18mm">
                 <v:stroke joinstyle="round"/>
                 <v:textbox>
                   <w:txbxContent>
                     <w:p>
                       <w:pPr>
                         <w:pStyle w:val="Rahmeninhalt"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Klasse:</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="8" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-83820</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>158115</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5766435" cy="7965440"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="largest"/>
             <wp:docPr id="3" name="Bild1" descr="A white paper with black text&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -524,50 +529,51 @@
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5766435" cy="7965440"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Praktikumsdokumentation</w:t>
       </w:r>
     </w:p>
@@ -1769,53 +1775,55 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc147822373 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>Fehler! Textmarke nicht definiert.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Verzeichnis1"/>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -1831,78 +1839,78 @@
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc147822361"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc147822361"/>
       <w:r>
         <w:t>1. Praktikum und Praktikumshefter</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc147822362"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc147822362"/>
       <w:r>
         <w:t>1.1 Belehrung über das Verhalten in der Einrichtung</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
@@ -2609,56 +2617,56 @@
         <w:t xml:space="preserve">           Zeige, was Positives in Dir steckt. Nutze Dein Praktikum gut, um eigene Ziele zu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">            verwirklichen und. vergiss auch nicht, Dich beim Praktikumsbetrieb zu bedanken.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc147822363"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc147822363"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>1.2 Hinweise zur Gestaltung des Praktikumshefters</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:spacing w:before="238" w:beforeAutospacing="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Für die Erstellung deiner Mappe verwendest du ein Textverarbeitungsprogramm wie z. B. Word (Microsoft Office) oder Writer von Open Office (gibt es kostenlos im Internet als Download). Hier gelten folgende Vorgaben:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Schriftart: gut lesbar, z.B. Arial, Times New Roman</w:t>
@@ -2700,55 +2708,55 @@
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Seitenränder: 2,5 cm (oben/unten), 2cm (rechts/links)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Seitenzahlen: unten</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc147822364"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc147822364"/>
       <w:r>
         <w:t>1.3 Bewertungskriterien</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:spacing w:before="119" w:beforeAutospacing="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Folgendes muss enthalten sein:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0"/>
       </w:pPr>
       <w:r>
@@ -2881,120 +2889,120 @@
         </w:numPr>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Teilnahmebescheinigung und Kompetenzraster für die Selbst- und Fremdeinschätzung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="119"/>
       </w:pPr>
       <w:r>
         <w:t>Zusatzmaterial (Achtung! Bitte nur sinnvolle Ergänzungen, z.B. Bilder, Arbeitsprodukte, Zeichnungen, Flyer)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc147822365"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc147822365"/>
       <w:r>
         <w:t>1.4 Erstellen des Praktikumshefters</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="119"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t>Wie schon in der 9. Klasse erstellst du einen Praktikumshefter, der deine Erfahrungen, Erkenntnisse und Erlebnisse im Praktikum dokumentiert. Die Anforderungen und Bewertungskriterien kannst du in den inhaltlichen Darlegungen nachlesen. Wenn du Fragen hast, wende dich an deinen WAT-Lehrer.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc147822366"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc147822366"/>
       <w:r>
         <w:t>1.5 Überlegungen vor dem Praktikum</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="119"/>
         <w:ind w:left="360"/>
         <w:sectPr>
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:headerReference w:type="first" r:id="rId14"/>
           <w:footerReference w:type="first" r:id="rId15"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1418" w:right="1134" w:bottom="1418" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:formProt w:val="0"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Beachte, dass Teile des Hefters </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>vor</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> dem Praktikum erstellt werden müssen. So soll gewährleistet werden, dass du schon gut informiert in dein Praktikum gehst. Bei der Reflexion am Schluss des Hefters kannst und sollst du dann auf diese Überlegungen zurückkommen. Die Eindrücke und Gedanken vor dem Praktikum werden mit der Realität verglichen und Schlüsse daraus gezogen, was dir für deine Reflexionen eine breitere Basis gibt. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc147822367"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc147822367"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>1.6 Inhaltliche Darlegungen für den Praktikumshefter</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15974" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:top w:w="85" w:type="dxa"/>
           <w:bottom w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8373"/>
         <w:gridCol w:w="5337"/>
         <w:gridCol w:w="2264"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="50"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8373" w:type="dxa"/>
@@ -4663,80 +4671,80 @@
           <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:formProt w:val="0"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc147822368"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc147822368"/>
       <w:r>
         <w:t>1.7 Bewertungsblatt des Praktikums</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="2124" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="44546A" w:themeColor="text2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc147822369"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc147822369"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Schüler / Die </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Schülerin  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4849,52 +4857,50 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">hat in der Zeit vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:b/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>08.12. bis zum 19.12.2025</w:t>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> in unserem Unternehmen ein Betriebspraktikum absolviert.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:eastAsia="zh-CN"/>
@@ -6357,51 +6363,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> möglich bzw. für den Schüler oder die Schülerin sehr hilfreich. Bei einer solchen individuellen Praktikumsbeurteilung würde sich das Ausfüllen dieser Seite erübrigen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>1.8 Foto- und Videoerlaubnis</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:b/>
           <w:i/>
@@ -7840,116 +7846,122 @@
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="670214607"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p>
         <w:pPr>
           <w:pStyle w:val="Fuzeile"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <mc:AlternateContent>
@@ -10974,91 +10986,92 @@
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="90"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:docId w15:val="{0184A974-9C73-4944-AB91-524DFA01357F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -11844,50 +11857,75 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Sprechblasentext">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="SprechblasentextZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
+    <w:name w:val="Sprechblasentext Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Sprechblasentext"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/></Relationships>
@@ -12201,75 +12239,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>1899</Words>
-  <Characters>11966</Characters>
+  <Words>1903</Words>
+  <Characters>11994</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>99</Lines>
   <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Merian-Schule</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>09K01</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13838</CharactersWithSpaces>
+  <CharactersWithSpaces>13870</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Merian-Schule</dc:title>
   <dc:subject/>
   <dc:creator>CidS! Berlin</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>de-DE</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>16.0000</vt:lpwstr>